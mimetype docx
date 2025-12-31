--- v0 (2025-10-31)
+++ v1 (2025-12-31)
@@ -19,93 +19,93 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="75EEE2F6" w14:textId="77777777" w:rsidR="000A0116" w:rsidRDefault="00000000">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Приложение </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6885E369" w14:textId="1563C73E" w:rsidR="000A0116" w:rsidRDefault="00000000">
+    <w:p w14:paraId="6885E369" w14:textId="585E209E" w:rsidR="000A0116" w:rsidRDefault="00000000">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>к приказу № 4</w:t>
       </w:r>
       <w:r w:rsidR="00B93862">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>6</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> от 2</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00FD18E0">
+        <w:t xml:space="preserve"> от </w:t>
+      </w:r>
+      <w:r w:rsidR="00747260">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>6</w:t>
+        <w:t>15</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>.0</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00FD18E0">
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00747260">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>8</w:t>
+        <w:t>12</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>.202</w:t>
       </w:r>
       <w:r w:rsidR="00FD18E0">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>5</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> г.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="737230A6" w14:textId="77777777" w:rsidR="000A0116" w:rsidRDefault="000A0116">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:jc w:val="right"/>
         <w:rPr>
@@ -120,99 +120,119 @@
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">                                                            </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="54E7AED6" w14:textId="77777777" w:rsidR="000A0116" w:rsidRDefault="000A0116">
       <w:pPr>
         <w:pStyle w:val="phTitle"/>
         <w:spacing w:before="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="572B3CDB" w14:textId="77777777" w:rsidR="000A0116" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="phTitle"/>
         <w:spacing w:before="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:t>Порядок РЕГИСТРАЦИИ государственных заказчиков/МУНИЦИПАЛЬНЫХ заказчиков</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="30CA73BA" w14:textId="77777777" w:rsidR="000A0116" w:rsidRDefault="00000000">
+    <w:p w14:paraId="30CA73BA" w14:textId="78211476" w:rsidR="000A0116" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="phTitle"/>
         <w:spacing w:before="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">в АВТОМАТИЗИРОВАННОЙ ИНФОРМАЦИОННОЙ СИСТЕМЕ ГОСУДАРСТВЕННОГО заказа Смоленской области </w:t>
+        <w:t>в АВТОМАТИЗИРОВАННОЙ ИНФОРМАЦИОННОЙ СИСТЕМЕ ГОС</w:t>
+      </w:r>
+      <w:r w:rsidR="002A1E65">
+        <w:t>УДАРСТВЕННЫХ ЗАКУПОК</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> Смоленской области </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="61C67C10" w14:textId="77777777" w:rsidR="000A0116" w:rsidRDefault="000A0116">
       <w:pPr>
         <w:pStyle w:val="phNormal"/>
         <w:spacing w:before="0"/>
         <w:rPr>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="16925552" w14:textId="77777777" w:rsidR="000A0116" w:rsidRDefault="00000000">
+    <w:p w14:paraId="16925552" w14:textId="7C1A4342" w:rsidR="000A0116" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="phNormal"/>
         <w:spacing w:before="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>Регистрация государственного/муниципального заказчика в автоматизированной информационной системе государственного заказа Смоленской области (далее – АИС ГЗ) осуществляется в соответствии с настоящим Порядком регистрации государственных/муниципальных заказчиков в АИС ГЗ (далее – Порядок).</w:t>
+        <w:t xml:space="preserve">Регистрация государственного/муниципального заказчика в автоматизированной информационной системе </w:t>
+      </w:r>
+      <w:r w:rsidR="002A1E65">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>государственных закупок</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Смоленской области (далее – АИС ГЗ) осуществляется в соответствии с настоящим Порядком регистрации государственных/муниципальных заказчиков в АИС ГЗ (далее – Порядок).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="06DFE6A9" w14:textId="77777777" w:rsidR="000A0116" w:rsidRDefault="000A0116">
       <w:pPr>
         <w:pStyle w:val="afc"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="56A099E4" w14:textId="075ABEF9" w:rsidR="000A0116" w:rsidRDefault="00000000">
+    <w:p w14:paraId="56A099E4" w14:textId="06487B8A" w:rsidR="000A0116" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="afc"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">1. Регистрация государственного/муниципального заказчика осуществляется администратором АИС ГЗ на основании заявления на регистрацию в АИС ГЗ по форме, согласно приложения №1 к настоящему Порядку, которое  направляется через систему электронного документооборота </w:t>
       </w:r>
       <w:r w:rsidR="00832F3E">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">СЭД </w:t>
       </w:r>
       <w:r w:rsidR="00ED6747">
@@ -278,157 +298,163 @@
           <w:rPr>
             <w:rStyle w:val="af1"/>
             <w:color w:val="000000" w:themeColor="text1"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
             <w:lang w:val="en-US"/>
           </w:rPr>
           <w:t>s</w:t>
         </w:r>
         <w:r w:rsidR="000A0116">
           <w:rPr>
             <w:rStyle w:val="af1"/>
             <w:color w:val="000000" w:themeColor="text1"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
           </w:rPr>
           <w:t>://goszakupki.admin-smolensk.ru</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> раздел Техподдержка</w:t>
-[...2 lines deleted...]
-        <w:rPr>
+        <w:t xml:space="preserve"> раздел </w:t>
+      </w:r>
+      <w:r w:rsidR="002A1E65">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>/Порядок регистрации пользователей.</w:t>
+        <w:t>Регистрация заказчика</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:r w:rsidR="002A1E65">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Бланк</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6A3C9804" w14:textId="77777777" w:rsidR="000A0116" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="phNormal"/>
         <w:spacing w:before="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">2. Регистрация пользователей государственного/муниципального заказчика осуществляется администратором АИС ГЗ на основании заявления на регистрацию государственного/муниципального заказчика (приложение №1) и  доверенности на право получения регистрационных данных пользователя/пользователей АИС ГЗ (приложение №2) или, если государственный/муниципальный заказчик уже зарегистрирован в АИС ГЗ, на основании заявления на регистрацию дополнительных представителей государственного/муниципального заказчика (приложение №5) и доверенности на право получения регистрационных данных пользователя/пользователей АИС ГЗ ( приложение №2). Доверенность должна быть оформлена на официальном бланке государственного/ муниципального заказчика и подписана руководителем государственного / муниципального заказчика. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="31A0C9A4" w14:textId="77777777" w:rsidR="000A0116" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="phNormal"/>
         <w:spacing w:before="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:rPr>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">3. В течение двух рабочих дней с момента получения документов, указанных в пункте 1,2 настоящего </w:t>
-[...15 lines deleted...]
-        <w:t xml:space="preserve"> АИС ГЗ регистрирует государственного/муниципального заказчика и пользователей государственного/муниципального заказчика, указанных в заявлении на регистрацию. Уведомление о регистрации (приложение № 3) высылается Администратором АИС ГЗ пользователям государственного/муниципального заказчика на электронные адреса, указанные в заявлении на регистрацию.</w:t>
+        <w:t>3. В течение двух рабочих дней с момента получения документов, указанных в пункте 1,2 настоящего Положения,  администратор АИС ГЗ регистрирует государственного/муниципального заказчика и пользователей государственного/муниципального заказчика, указанных в заявлении на регистрацию. Уведомление о регистрации (приложение № 3) высылается Администратором АИС ГЗ пользователям государственного/муниципального заказчика на электронные адреса, указанные в заявлении на регистрацию.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0064598C" w14:textId="5B7A6FEE" w:rsidR="000A0116" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="phNormal"/>
         <w:spacing w:before="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">4. В случае изменения реквизитов государственного / муниципального заказчика, указанных в заявлении на регистрацию, государственный / муниципальный заказчик в течение трех рабочих дней направляет администратору </w:t>
-[...1 lines deleted...]
-      <w:r>
+        <w:t xml:space="preserve">4. В случае изменения реквизитов государственного / муниципального заказчика, указанных в заявлении на регистрацию, государственный / муниципальный заказчик в течение трех рабочих дней направляет администратору АИС ГЗ через систему электронного документооборота </w:t>
+      </w:r>
+      <w:r w:rsidR="00832F3E">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
-[...2 lines deleted...]
-      <w:r w:rsidR="00832F3E">
+        <w:t xml:space="preserve">СЭД </w:t>
+      </w:r>
+      <w:r w:rsidR="00ED6747">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">СЭД </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00ED6747">
+        <w:t>Практика</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>Практика</w:t>
+        <w:t xml:space="preserve"> или на </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> или на электронный адрес </w:t>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">электронный адрес </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="111111"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>service@admin-smolensk.ru</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> уведомление об изменении реквизитов по форме, согласно приложения №4 к настоящему Порядку. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="24CBEF7B" w14:textId="64189127" w:rsidR="000A0116" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="phNormal"/>
         <w:spacing w:before="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
@@ -460,136 +486,101 @@
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Практика</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> или на электронный адрес </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>service@admin-smolensk.ru</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> заявление по форме, </w:t>
-[...15 lines deleted...]
-        <w:t xml:space="preserve"> №6 к настоящему Порядку. </w:t>
+        <w:t xml:space="preserve"> заявление по форме, согласно приложения №6 к настоящему Порядку. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Доступ пользователя к АИС ГЗ блокируется администратором АИС ГЗ в течение 1 рабочего дня со дня получения заявления.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3EAF0E30" w14:textId="77777777" w:rsidR="000A0116" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="phNormal"/>
         <w:spacing w:before="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">6. После регистрации государственный / муниципальный заказчик получает доступ в закрытую часть системы АИС ГЗ. Для осуществления обмена электронными документами в АИС ГЗ пользователь обязан иметь электронную подпись, которую необходимо получить в </w:t>
-[...7 lines deleted...]
-        <w:t>любом  аккред</w:t>
+        <w:t>6. После регистрации государственный / муниципальный заказчик получает доступ в закрытую часть системы АИС ГЗ. Для осуществления обмена электронными документами в АИС ГЗ пользователь обязан иметь электронную подпись, которую необходимо получить в любом  аккред</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>итованном</w:t>
-[...2 lines deleted...]
-      <w:r>
+        <w:t xml:space="preserve">итованном удостоверяющем центре. После получения электронной подписи скан открытого сертификата ключа или файл открытого сертификата ключа формата </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00ED6747">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> удостоверяющем центре. После получения электронной подписи скан открытого сертификата ключа или файл открытого сертификата ключа формата </w:t>
-[...6 lines deleted...]
-        </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>cer</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> необходимо направить на электронный адрес </w:t>
       </w:r>
       <w:hyperlink r:id="rId9" w:history="1">
         <w:r w:rsidR="000A0116">
           <w:rPr>
             <w:rStyle w:val="af1"/>
             <w:color w:val="000000" w:themeColor="text1"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
           </w:rPr>
           <w:t>service@admin-smolensk.ru</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
@@ -772,67 +763,51 @@
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>наименование организации)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="05B51504" w14:textId="77777777" w:rsidR="000A0116" w:rsidRDefault="00000000">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
-        <w:t xml:space="preserve">и его полномочных представителей (пользователей) в АИС ГЗ Смоленской области, </w:t>
-[...15 lines deleted...]
-        <w:t>:</w:t>
+        <w:t>и его полномочных представителей (пользователей) в АИС ГЗ Смоленской области, согласно представленных данных:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0EF3DD99" w14:textId="77777777" w:rsidR="000A0116" w:rsidRDefault="000A0116">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9485" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
         </w:tblBorders>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3761"/>
@@ -2640,71 +2615,51 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>(подпись)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:tab/>
-        <w:t xml:space="preserve">            </w:t>
-[...19 lines deleted...]
-        <w:t>Ф.И.О.)</w:t>
+        <w:t xml:space="preserve">               (Ф.И.О.)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4656FD29" w14:textId="77777777" w:rsidR="000A0116" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="ConsNonformat"/>
         <w:widowControl/>
         <w:ind w:left="1415" w:firstLine="709"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="44"/>
           <w:szCs w:val="44"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="44"/>
           <w:szCs w:val="44"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t xml:space="preserve">                                     М.П.</w:t>
       </w:r>
       <w:r>
@@ -2969,82 +2924,57 @@
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Подпись руководителя   </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:tab/>
-        <w:t xml:space="preserve">  «</w:t>
-[...23 lines deleted...]
-        <w:t>___ г.</w:t>
+        <w:t xml:space="preserve">  «___» ____________  20___ г.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="27BF9C38" w14:textId="77777777" w:rsidR="000A0116" w:rsidRDefault="000A0116">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7CD8DD84" w14:textId="77777777" w:rsidR="000A0116" w:rsidRDefault="00000000">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>М.П.</w:t>
@@ -3395,79 +3325,51 @@
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
     <w:p w14:paraId="6B9BE3B0" w14:textId="77777777" w:rsidR="000A0116" w:rsidRDefault="00000000">
       <w:pPr>
         <w:ind w:left="1843"/>
         <w:rPr>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
-        <w:t>(</w:t>
-[...27 lines deleted...]
-        <w:t>Ф.И.О.)</w:t>
+        <w:t>(подпись)                                                              (Ф.И.О.)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="567AD364" w14:textId="77777777" w:rsidR="000A0116" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="afc"/>
         <w:spacing w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="right"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:br w:type="page" w:clear="all"/>
       </w:r>
       <w:r>
         <w:lastRenderedPageBreak/>
         <w:t>Приложение № 4</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="410C984B" w14:textId="77777777" w:rsidR="000A0116" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="afc"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
@@ -4606,71 +4508,51 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>(подпись)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:tab/>
-        <w:t xml:space="preserve">            </w:t>
-[...19 lines deleted...]
-        <w:t>Ф.И.О.)</w:t>
+        <w:t xml:space="preserve">               (Ф.И.О.)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7645D57D" w14:textId="77777777" w:rsidR="000A0116" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="ConsNonformat"/>
         <w:widowControl/>
         <w:ind w:left="1415" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="44"/>
           <w:szCs w:val="44"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="44"/>
           <w:szCs w:val="44"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t xml:space="preserve">                                     М.П.</w:t>
       </w:r>
     </w:p>
@@ -5566,71 +5448,51 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>(подпись)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:tab/>
-        <w:t xml:space="preserve">            </w:t>
-[...19 lines deleted...]
-        <w:t>Ф.И.О.)</w:t>
+        <w:t xml:space="preserve">               (Ф.И.О.)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="45A43E01" w14:textId="77777777" w:rsidR="000A0116" w:rsidRDefault="00000000">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="44"/>
           <w:szCs w:val="44"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t xml:space="preserve">                                     М.П.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="48EB92B7" w14:textId="77777777" w:rsidR="000A0116" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="afc"/>
         <w:spacing w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="right"/>
       </w:pPr>
@@ -6143,120 +6005,100 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>(подпись)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:tab/>
-        <w:t xml:space="preserve">            </w:t>
-[...19 lines deleted...]
-        <w:t>Ф.И.О.)</w:t>
+        <w:t xml:space="preserve">               (Ф.И.О.)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5834FBAD" w14:textId="77777777" w:rsidR="000A0116" w:rsidRDefault="00000000">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="44"/>
           <w:szCs w:val="44"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t xml:space="preserve">                                     М.П.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:br w:type="textWrapping" w:clear="all"/>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="000A0116">
       <w:headerReference w:type="even" r:id="rId10"/>
       <w:headerReference w:type="default" r:id="rId11"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="540" w:right="850" w:bottom="849" w:left="1134" w:header="180" w:footer="32" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="6D0FDC50" w14:textId="77777777" w:rsidR="00183B1A" w:rsidRDefault="00183B1A">
+    <w:p w14:paraId="30EE12AE" w14:textId="77777777" w:rsidR="003A1171" w:rsidRDefault="003A1171">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="21DDFB5E" w14:textId="77777777" w:rsidR="00183B1A" w:rsidRDefault="00183B1A">
+    <w:p w14:paraId="5B2F840D" w14:textId="77777777" w:rsidR="003A1171" w:rsidRDefault="003A1171">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
@@ -6277,58 +6119,58 @@
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Verdana">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="default"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="059E4B01" w14:textId="77777777" w:rsidR="00183B1A" w:rsidRDefault="00183B1A">
+    <w:p w14:paraId="55ACE383" w14:textId="77777777" w:rsidR="003A1171" w:rsidRDefault="003A1171">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="10BEB86A" w14:textId="77777777" w:rsidR="00183B1A" w:rsidRDefault="00183B1A">
+    <w:p w14:paraId="0D395ADF" w14:textId="77777777" w:rsidR="003A1171" w:rsidRDefault="003A1171">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="1">
     <w:p w14:paraId="3B7AEB4D" w14:textId="77777777" w:rsidR="000A0116" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="af2"/>
         <w:ind w:firstLine="142"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rStyle w:val="af4"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="af4"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="af4"/>
         </w:rPr>
@@ -7297,83 +7139,88 @@
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="1079518766">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="1161775330">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="33696229">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="1792704011">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="1072048191">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="1552771017">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
+  <w:zoom w:percent="110"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="000A0116"/>
     <w:rsid w:val="000A0116"/>
     <w:rsid w:val="00183B1A"/>
+    <w:rsid w:val="002A1E65"/>
     <w:rsid w:val="002F7C94"/>
+    <w:rsid w:val="003A1171"/>
+    <w:rsid w:val="004B06A3"/>
+    <w:rsid w:val="004C5F65"/>
     <w:rsid w:val="004F7C64"/>
     <w:rsid w:val="00586CCC"/>
     <w:rsid w:val="006A5591"/>
     <w:rsid w:val="007124A7"/>
+    <w:rsid w:val="00747260"/>
     <w:rsid w:val="00832F3E"/>
     <w:rsid w:val="0090010D"/>
     <w:rsid w:val="009A023D"/>
     <w:rsid w:val="009C1DC1"/>
+    <w:rsid w:val="00AB7D76"/>
     <w:rsid w:val="00B1521E"/>
     <w:rsid w:val="00B8562E"/>
     <w:rsid w:val="00B93862"/>
     <w:rsid w:val="00E515FE"/>
     <w:rsid w:val="00ED6747"/>
     <w:rsid w:val="00FD18E0"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="zh-CN"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
@@ -19959,50 +19806,50 @@
         </a:effectStyle>
       </a:effectStyleLst>
       <a:bgFillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:solidFill>
           <a:srgbClr val="000000"/>
         </a:solidFill>
         <a:solidFill>
           <a:srgbClr val="000000"/>
         </a:solidFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>9</Pages>
-  <Words>1355</Words>
-  <Characters>7728</Characters>
+  <Words>1352</Words>
+  <Characters>7712</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>64</Lines>
   <Paragraphs>18</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>9065</CharactersWithSpaces>
+  <CharactersWithSpaces>9046</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Исаева Екатерина Сергеевна</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>